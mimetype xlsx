--- v0 (2026-01-15)
+++ v1 (2026-01-19)
@@ -1976,56 +1976,56 @@
   <si>
     <t>EVA</t>
   </si>
   <si>
     <t>FRENTE MCDO. NRO. 2 - RECTA CHINO - PISCO</t>
   </si>
   <si>
     <t>EVA ROSALES</t>
   </si>
   <si>
     <t>EVAGELINA HERRERA MORALES</t>
   </si>
   <si>
     <t>MCDO. ARENALES SECT. 5 PTO. Y-6</t>
   </si>
   <si>
     <t>EVELINA GODOY</t>
   </si>
   <si>
     <t>EVELYN ESPINOZA</t>
   </si>
   <si>
     <t>EVELYN LIMACCA</t>
   </si>
   <si>
+    <t>MCDO. NRO.2 PTO 234 EXTERIOR -RAUL PORRAS /FERMIN TANGUIS - PISCO</t>
+  </si>
+  <si>
     <t>MCDO. NRO.2 PTO 234 EXTERIOR (RAUL PORRAS/FERMIN TANGUIS)</t>
   </si>
   <si>
-    <t>MCDO. NRO.2 PTO 234 EXTERIOR -RAUL PORRAS /FERMIN TANGUIS - PISCO</t>
-[...1 lines deleted...]
-  <si>
     <t>EVELYN YAUCA</t>
   </si>
   <si>
     <t>AV. FERMIN TANGUIS 312 - FARMACIA- VENDE CONFITADO</t>
   </si>
   <si>
     <t>FALCON MERINO CARLOS JESUS ENZO</t>
   </si>
   <si>
     <t>FALCONI CABRERA PIERO XAVIER</t>
   </si>
   <si>
     <t>PARCONA - ICA</t>
   </si>
   <si>
     <t>FANNY MALDONADO DE VASQUEZ</t>
   </si>
   <si>
     <t>MRDO. MODELO PUESTO B-1</t>
   </si>
   <si>
     <t>FARMACIA AMY</t>
   </si>
   <si>
     <t>00400004</t>
@@ -2225,56 +2225,56 @@
   <si>
     <t>GABRIEL LICLA HUAMANCHA</t>
   </si>
   <si>
     <t>CALLE LIBERTAD TIENDA 125 - PUQUIO</t>
   </si>
   <si>
     <t>GABRIEL MELO</t>
   </si>
   <si>
     <t>AV. COMERCIO - FRENTE HOTEL</t>
   </si>
   <si>
     <t>GABRIELA LIMA</t>
   </si>
   <si>
     <t>08123</t>
   </si>
   <si>
     <t>AFUERA - A-6 - SAN CLEMENTE</t>
   </si>
   <si>
     <t>GABY FLORES</t>
   </si>
   <si>
+    <t>MCDO. NRO. 2 - ESPALDA MARIO - PISCO</t>
+  </si>
+  <si>
     <t>PISCO - ESPALDA DE MARIO</t>
   </si>
   <si>
-    <t>MCDO. NRO. 2 - ESPALDA MARIO - PISCO</t>
-[...1 lines deleted...]
-  <si>
     <t>GABY PEREZ YARASCA</t>
   </si>
   <si>
     <t>AV.LA MAR</t>
   </si>
   <si>
     <t>GALINDO GONZALES CESAR</t>
   </si>
   <si>
     <t>MCDO. PLATAFORMA AZUL - COSTADO LAURENTE</t>
   </si>
   <si>
     <t>GAMEZ TAMPE JERSON JIMMY</t>
   </si>
   <si>
     <t>GARCIA HUAYANAY ROBERT</t>
   </si>
   <si>
     <t>CAL. CHIPIONA 271 - PALPA - PALPA - ICA</t>
   </si>
   <si>
     <t>GARCIA ROJAS ROSA ELENA</t>
   </si>
   <si>
     <t>MCDO. MODELO PTO 64 - PALPA - ICA</t>
@@ -2816,56 +2816,56 @@
   <si>
     <t>MCDO. NRO. 2 PTO 314-315</t>
   </si>
   <si>
     <t>JACKELINE GALINDO</t>
   </si>
   <si>
     <t>MCDO. NUEVA ESPERANZA PTO 60 - TINGUIÃA</t>
   </si>
   <si>
     <t>JACKY LINA HURTADO PEREZ</t>
   </si>
   <si>
     <t>MCDO. MODELO- FRENTE ROXANA CANALES</t>
   </si>
   <si>
     <t>JACOBO BECERRA CLEYDER AGAPITO</t>
   </si>
   <si>
     <t>AV. EMANCIPACION MZ. 39 LOTE 7 - CHALA - AREQUIPA</t>
   </si>
   <si>
     <t>JAIME</t>
   </si>
   <si>
+    <t>AV. GRAU</t>
+  </si>
+  <si>
     <t>08000010</t>
   </si>
   <si>
-    <t>AV. GRAU</t>
-[...1 lines deleted...]
-  <si>
     <t>JAIRO MORAYMA BAZAR</t>
   </si>
   <si>
     <t>LUCANAS - FRENTE AL MERCADO- VENDE ROPA</t>
   </si>
   <si>
     <t>JALISTO OLARTE MARIA ELENA</t>
   </si>
   <si>
     <t>MCDO. SANTO DOMINGO PTO J354</t>
   </si>
   <si>
     <t>JAMPIER PEÃA PACHECO</t>
   </si>
   <si>
     <t>0971</t>
   </si>
   <si>
     <t>MCDO. MODELO PACHECO - FRENTE POLLO SOLTERO</t>
   </si>
   <si>
     <t>JANET CAYO</t>
   </si>
   <si>
     <t>JANINA SAYRITUPAC</t>
@@ -3023,56 +3023,56 @@
   <si>
     <t>JHORSH SARMIENTO</t>
   </si>
   <si>
     <t>MCDO. MODELO EXTERIOR -POLLO</t>
   </si>
   <si>
     <t>JIMENA APCHA</t>
   </si>
   <si>
     <t>01177</t>
   </si>
   <si>
     <t>MZ. O LOTE 9 - REF. PLAZUELA - LOS AQUIJES</t>
   </si>
   <si>
     <t>JIMMY CHAVEZ</t>
   </si>
   <si>
     <t>JOANA BARRIENTOS</t>
   </si>
   <si>
     <t>JORGE</t>
   </si>
   <si>
+    <t>MCDO. MODELO B36</t>
+  </si>
+  <si>
     <t>MCDO. MODELO B36 - FRENTE JUGUERIA</t>
   </si>
   <si>
-    <t>MCDO. MODELO B36</t>
-[...1 lines deleted...]
-  <si>
     <t>JORGE AGUIRRE</t>
   </si>
   <si>
     <t>09010003</t>
   </si>
   <si>
     <t>PASADISO CENTRAL - PLATAFORMA AZUL</t>
   </si>
   <si>
     <t>JORGE BERROCAL</t>
   </si>
   <si>
     <t>JORGE ENCISO MEZA</t>
   </si>
   <si>
     <t>AV. ARENALES 608 - RESTAURANTE</t>
   </si>
   <si>
     <t>JORGE LUIS HUAMAN</t>
   </si>
   <si>
     <t>JORGE MENDOZA</t>
   </si>
   <si>
     <t>AV. FERMIN TANGUIS 450 - PISCO</t>
@@ -6377,59 +6377,59 @@
   <si>
     <t>MCDO. NRO. 2 AFUERA AV. FERMIN TANGUIS - PISCO</t>
   </si>
   <si>
     <t>VANESSA DIANA JAYO ARONI</t>
   </si>
   <si>
     <t>MCDO. ARENALES - POR LA PLAYA ESTACIONAMIENTO</t>
   </si>
   <si>
     <t>VANESSA FERNANDEZ</t>
   </si>
   <si>
     <t>VARA CASTRO</t>
   </si>
   <si>
     <t>09000050</t>
   </si>
   <si>
     <t>JIRON TACNA NRO. 414 -PUQUIO</t>
   </si>
   <si>
     <t>VARIOS</t>
   </si>
   <si>
+    <t>PANAMERICA SUR</t>
+  </si>
+  <si>
+    <t>00000001</t>
+  </si>
+  <si>
     <t>BARRIO CHINO-MAYORISTA</t>
   </si>
   <si>
-    <t>00000001</t>
-[...4 lines deleted...]
-  <si>
     <t>VELASQUEZ VALENZUELA ELSA ELIZABETH</t>
   </si>
   <si>
     <t>VENTURA SOTOMAYOR OGILVE SILVANO</t>
   </si>
   <si>
     <t>VICENTE LUJAN</t>
   </si>
   <si>
     <t>VICENTE SANTOS</t>
   </si>
   <si>
     <t>00007900</t>
   </si>
   <si>
     <t>PANAMERICA SUR - SANTA ROSA- BODEGA BLONDY</t>
   </si>
   <si>
     <t>VICTOR CARRASCO FERREYCA</t>
   </si>
   <si>
     <t>MCDO. ELIANE KARP- COSTADO MAXIMILIANA TELLO</t>
   </si>
   <si>
     <t>VICTOR JOEL TASAICO SUAREZ</t>
@@ -6677,56 +6677,56 @@
   <si>
     <t>MCDO. SAN ANTONIO PTO 442</t>
   </si>
   <si>
     <t>YENNY PEREZ QUISPE</t>
   </si>
   <si>
     <t>YENNY VARGAS</t>
   </si>
   <si>
     <t>MCDO. MODELO - PUERTA</t>
   </si>
   <si>
     <t>YESICA LOVERA</t>
   </si>
   <si>
     <t>YESSENIA LUJAN</t>
   </si>
   <si>
     <t>YESSENIA SILVIA LEVITA</t>
   </si>
   <si>
     <t>YESSICA</t>
   </si>
   <si>
+    <t>MCDO. 1 - POLLO - PISCO</t>
+  </si>
+  <si>
     <t>PACHACUTEC - TRAGAMONEDAS</t>
   </si>
   <si>
-    <t>MCDO. 1 - POLLO - PISCO</t>
-[...1 lines deleted...]
-  <si>
     <t>YESSICA ANGULO</t>
   </si>
   <si>
     <t>MCDO. MODELO RECTA DE GEOVANA</t>
   </si>
   <si>
     <t>YESSICA BENITES TAME</t>
   </si>
   <si>
     <t>MCDO. CAMPO FERIAL .- MARCONA</t>
   </si>
   <si>
     <t>YESSICA CHANG</t>
   </si>
   <si>
     <t>00099000</t>
   </si>
   <si>
     <t>MCDO. SANTO DOMINGO J-185</t>
   </si>
   <si>
     <t>YESSICA DE LA CRUZ</t>
   </si>
   <si>
     <t>MCDO. PLATAFORMA AZUL PTO. 556 - PISCO</t>
@@ -6809,57 +6809,57 @@
   <si>
     <t>YOVANA CASTRO</t>
   </si>
   <si>
     <t>MCDO. NRO. 1 - EMBUTIDOS - PISCO</t>
   </si>
   <si>
     <t>YOVANA HUAYTA</t>
   </si>
   <si>
     <t>PACHACUTEC- FRENTE LIBRERIA</t>
   </si>
   <si>
     <t>YOVANA MENDOZA</t>
   </si>
   <si>
     <t>YOVANA MOLINA</t>
   </si>
   <si>
     <t>YOVANA PAUCAR</t>
   </si>
   <si>
     <t>YOVANA VALENCIA</t>
   </si>
   <si>
+    <t>MCDO. MANZANILLA PTO 68</t>
+  </si>
+  <si>
     <t>00666600</t>
   </si>
   <si>
     <t>MCDO. MODELO -FILA MARCELLO</t>
-  </si>
-[...1 lines deleted...]
-    <t>MCDO. MANZANILLA PTO 68</t>
   </si>
   <si>
     <t>YULIANA HUAYHUA PUMA</t>
   </si>
   <si>
     <t>MCDO. NUEVA ESPERANZA - COSTADO BERTHA MELGAR</t>
   </si>
   <si>
     <t>YULY TERESA HUAMANI MONRROY</t>
   </si>
   <si>
     <t>MCDO. NRO. 2 PTO 26 -</t>
   </si>
   <si>
     <t>YULY TERESA MONROY</t>
   </si>
   <si>
     <t>YURY RAMOS</t>
   </si>
   <si>
     <t>YVERSON SANDOVAL</t>
   </si>
   <si>
     <t>ZENAYDO ANTAYA</t>
   </si>
@@ -11489,79 +11489,79 @@
         <v>359</v>
       </c>
       <c r="C192" s="3">
         <v>399324</v>
       </c>
       <c r="D192" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E192" s="3" t="s">
         <v>360</v>
       </c>
       <c r="F192" s="3"/>
       <c r="G192" s="3"/>
       <c r="H192" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" s="3">
         <v>191</v>
       </c>
       <c r="B193" s="3" t="s">
         <v>361</v>
       </c>
       <c r="C193" s="3">
-        <v>10000018</v>
+        <v>30000070</v>
       </c>
       <c r="D193" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E193" s="3" t="s">
-        <v>362</v>
+        <v>86</v>
       </c>
       <c r="F193" s="3"/>
       <c r="G193" s="3"/>
       <c r="H193" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" s="3">
         <v>192</v>
       </c>
       <c r="B194" s="3" t="s">
         <v>361</v>
       </c>
       <c r="C194" s="3">
-        <v>30000070</v>
+        <v>10000018</v>
       </c>
       <c r="D194" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E194" s="3" t="s">
-        <v>86</v>
+        <v>362</v>
       </c>
       <c r="F194" s="3"/>
       <c r="G194" s="3"/>
       <c r="H194" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" s="3">
         <v>193</v>
       </c>
       <c r="B195" s="3" t="s">
         <v>363</v>
       </c>
       <c r="C195" s="3">
         <v>71886</v>
       </c>
       <c r="D195" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E195" s="3" t="s">
         <v>37</v>
       </c>
       <c r="F195" s="3"/>
       <c r="G195" s="3"/>
@@ -15185,73 +15185,73 @@
         <v>652</v>
       </c>
       <c r="C360" s="3">
         <v>10000813</v>
       </c>
       <c r="D360" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E360" s="3" t="s">
         <v>166</v>
       </c>
       <c r="F360" s="3"/>
       <c r="G360" s="3"/>
       <c r="H360" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361" s="3">
         <v>359</v>
       </c>
       <c r="B361" s="3" t="s">
         <v>653</v>
       </c>
       <c r="C361" s="3">
-        <v>34004300</v>
+        <v>10000038</v>
       </c>
       <c r="D361" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E361" s="3" t="s">
         <v>654</v>
       </c>
       <c r="F361" s="3"/>
       <c r="G361" s="3"/>
       <c r="H361" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362" s="3">
         <v>360</v>
       </c>
       <c r="B362" s="3" t="s">
         <v>653</v>
       </c>
       <c r="C362" s="3">
-        <v>10000038</v>
+        <v>34004300</v>
       </c>
       <c r="D362" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E362" s="3" t="s">
         <v>655</v>
       </c>
       <c r="F362" s="3"/>
       <c r="G362" s="3"/>
       <c r="H362" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363" s="3">
         <v>361</v>
       </c>
       <c r="B363" s="3" t="s">
         <v>656</v>
       </c>
       <c r="C363" s="3">
         <v>399348</v>
       </c>
       <c r="D363" s="3" t="s">
         <v>10</v>
@@ -16241,73 +16241,73 @@
         <v>733</v>
       </c>
       <c r="C408" s="3" t="s">
         <v>734</v>
       </c>
       <c r="D408" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E408" s="3" t="s">
         <v>735</v>
       </c>
       <c r="F408" s="3"/>
       <c r="G408" s="3"/>
       <c r="H408" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="409" spans="1:8">
       <c r="A409" s="3">
         <v>407</v>
       </c>
       <c r="B409" s="3" t="s">
         <v>736</v>
       </c>
       <c r="C409" s="3">
-        <v>399330</v>
+        <v>399347</v>
       </c>
       <c r="D409" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E409" s="3" t="s">
         <v>737</v>
       </c>
       <c r="F409" s="3"/>
       <c r="G409" s="3"/>
       <c r="H409" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="410" spans="1:8">
       <c r="A410" s="3">
         <v>408</v>
       </c>
       <c r="B410" s="3" t="s">
         <v>736</v>
       </c>
       <c r="C410" s="3">
-        <v>399347</v>
+        <v>399330</v>
       </c>
       <c r="D410" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E410" s="3" t="s">
         <v>738</v>
       </c>
       <c r="F410" s="3"/>
       <c r="G410" s="3"/>
       <c r="H410" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="411" spans="1:8">
       <c r="A411" s="3">
         <v>409</v>
       </c>
       <c r="B411" s="3" t="s">
         <v>739</v>
       </c>
       <c r="C411" s="3">
         <v>10002050</v>
       </c>
       <c r="D411" s="3" t="s">
         <v>10</v>
@@ -18239,79 +18239,79 @@
         <v>879</v>
       </c>
       <c r="C499" s="3">
         <v>10762598367</v>
       </c>
       <c r="D499" s="3" t="s">
         <v>23</v>
       </c>
       <c r="E499" s="3" t="s">
         <v>24</v>
       </c>
       <c r="F499" s="3"/>
       <c r="G499" s="3"/>
       <c r="H499" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="500" spans="1:8">
       <c r="A500" s="3">
         <v>498</v>
       </c>
       <c r="B500" s="3" t="s">
         <v>880</v>
       </c>
       <c r="C500" s="3">
-        <v>28825490</v>
+        <v>4108</v>
       </c>
       <c r="D500" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E500" s="3" t="s">
-        <v>881</v>
+        <v>705</v>
       </c>
       <c r="F500" s="3"/>
       <c r="G500" s="3"/>
       <c r="H500" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="501" spans="1:8">
       <c r="A501" s="3">
         <v>499</v>
       </c>
       <c r="B501" s="3" t="s">
         <v>880</v>
       </c>
       <c r="C501" s="3">
-        <v>4108</v>
+        <v>28825490</v>
       </c>
       <c r="D501" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E501" s="3" t="s">
-        <v>705</v>
+        <v>881</v>
       </c>
       <c r="F501" s="3"/>
       <c r="G501" s="3"/>
       <c r="H501" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="502" spans="1:8">
       <c r="A502" s="3">
         <v>500</v>
       </c>
       <c r="B502" s="3" t="s">
         <v>882</v>
       </c>
       <c r="C502" s="3">
         <v>2053</v>
       </c>
       <c r="D502" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E502" s="3" t="s">
         <v>883</v>
       </c>
       <c r="F502" s="3"/>
       <c r="G502" s="3"/>
@@ -18767,79 +18767,79 @@
         <v>921</v>
       </c>
       <c r="C523" s="3">
         <v>10000200</v>
       </c>
       <c r="D523" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E523" s="3" t="s">
         <v>911</v>
       </c>
       <c r="F523" s="3"/>
       <c r="G523" s="3"/>
       <c r="H523" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="524" spans="1:8">
       <c r="A524" s="3">
         <v>522</v>
       </c>
       <c r="B524" s="3" t="s">
         <v>922</v>
       </c>
       <c r="C524" s="3">
-        <v>909003</v>
+        <v>90900390</v>
       </c>
       <c r="D524" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E524" s="3" t="s">
-        <v>189</v>
+        <v>923</v>
       </c>
       <c r="F524" s="3"/>
       <c r="G524" s="3"/>
       <c r="H524" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="525" spans="1:8">
       <c r="A525" s="3">
         <v>523</v>
       </c>
       <c r="B525" s="3" t="s">
         <v>922</v>
       </c>
       <c r="C525" s="3">
-        <v>90900390</v>
+        <v>909003</v>
       </c>
       <c r="D525" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E525" s="3" t="s">
-        <v>923</v>
+        <v>189</v>
       </c>
       <c r="F525" s="3"/>
       <c r="G525" s="3"/>
       <c r="H525" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="526" spans="1:8">
       <c r="A526" s="3">
         <v>524</v>
       </c>
       <c r="B526" s="3" t="s">
         <v>924</v>
       </c>
       <c r="C526" s="3">
         <v>70144397</v>
       </c>
       <c r="D526" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E526" s="3" t="s">
         <v>834</v>
       </c>
       <c r="F526" s="3"/>
       <c r="G526" s="3"/>
@@ -18920,80 +18920,80 @@
       <c r="B530" s="3" t="s">
         <v>931</v>
       </c>
       <c r="C530" s="3">
         <v>10726087071</v>
       </c>
       <c r="D530" s="3" t="s">
         <v>23</v>
       </c>
       <c r="E530" s="3" t="s">
         <v>932</v>
       </c>
       <c r="F530" s="3"/>
       <c r="G530" s="3"/>
       <c r="H530" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="531" spans="1:8">
       <c r="A531" s="3">
         <v>529</v>
       </c>
       <c r="B531" s="3" t="s">
         <v>933</v>
       </c>
-      <c r="C531" s="3" t="s">
+      <c r="C531" s="3">
+        <v>399280</v>
+      </c>
+      <c r="D531" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E531" s="3" t="s">
         <v>934</v>
-      </c>
-[...4 lines deleted...]
-        <v>935</v>
       </c>
       <c r="F531" s="3"/>
       <c r="G531" s="3"/>
       <c r="H531" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="532" spans="1:8">
       <c r="A532" s="3">
         <v>530</v>
       </c>
       <c r="B532" s="3" t="s">
         <v>933</v>
       </c>
-      <c r="C532" s="3">
-        <v>399280</v>
+      <c r="C532" s="3" t="s">
+        <v>935</v>
       </c>
       <c r="D532" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E532" s="3" t="s">
-        <v>935</v>
+        <v>934</v>
       </c>
       <c r="F532" s="3"/>
       <c r="G532" s="3"/>
       <c r="H532" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="533" spans="1:8">
       <c r="A533" s="3">
         <v>531</v>
       </c>
       <c r="B533" s="3" t="s">
         <v>936</v>
       </c>
       <c r="C533" s="3">
         <v>299242</v>
       </c>
       <c r="D533" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E533" s="3" t="s">
         <v>937</v>
       </c>
       <c r="F533" s="3"/>
       <c r="G533" s="3"/>
@@ -19779,73 +19779,73 @@
         <v>1001</v>
       </c>
       <c r="C569" s="3">
         <v>80056</v>
       </c>
       <c r="D569" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E569" s="3" t="s">
         <v>611</v>
       </c>
       <c r="F569" s="3"/>
       <c r="G569" s="3"/>
       <c r="H569" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="570" spans="1:8">
       <c r="A570" s="3">
         <v>568</v>
       </c>
       <c r="B570" s="3" t="s">
         <v>1002</v>
       </c>
       <c r="C570" s="3">
-        <v>74</v>
+        <v>79725</v>
       </c>
       <c r="D570" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E570" s="3" t="s">
         <v>1003</v>
       </c>
       <c r="F570" s="3"/>
       <c r="G570" s="3"/>
       <c r="H570" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="571" spans="1:8">
       <c r="A571" s="3">
         <v>569</v>
       </c>
       <c r="B571" s="3" t="s">
         <v>1002</v>
       </c>
       <c r="C571" s="3">
-        <v>79725</v>
+        <v>74</v>
       </c>
       <c r="D571" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E571" s="3" t="s">
         <v>1004</v>
       </c>
       <c r="F571" s="3"/>
       <c r="G571" s="3"/>
       <c r="H571" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="572" spans="1:8">
       <c r="A572" s="3">
         <v>570</v>
       </c>
       <c r="B572" s="3" t="s">
         <v>1005</v>
       </c>
       <c r="C572" s="3" t="s">
         <v>1006</v>
       </c>
       <c r="D572" s="3" t="s">
         <v>10</v>
@@ -24111,123 +24111,123 @@
         <v>1331</v>
       </c>
       <c r="C766" s="3">
         <v>9620</v>
       </c>
       <c r="D766" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E766" s="3" t="s">
         <v>1332</v>
       </c>
       <c r="F766" s="3"/>
       <c r="G766" s="3"/>
       <c r="H766" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="767" spans="1:8">
       <c r="A767" s="3">
         <v>765</v>
       </c>
       <c r="B767" s="3" t="s">
         <v>1333</v>
       </c>
       <c r="C767" s="3">
-        <v>2092</v>
+        <v>79744</v>
       </c>
       <c r="D767" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E767" s="3" t="s">
-        <v>512</v>
+        <v>324</v>
       </c>
       <c r="F767" s="3"/>
       <c r="G767" s="3"/>
       <c r="H767" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="768" spans="1:8">
       <c r="A768" s="3">
         <v>766</v>
       </c>
       <c r="B768" s="3" t="s">
         <v>1333</v>
       </c>
       <c r="C768" s="3">
         <v>399345</v>
       </c>
       <c r="D768" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E768" s="3" t="s">
         <v>108</v>
       </c>
       <c r="F768" s="3"/>
       <c r="G768" s="3"/>
       <c r="H768" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="769" spans="1:8">
       <c r="A769" s="3">
         <v>767</v>
       </c>
       <c r="B769" s="3" t="s">
         <v>1333</v>
       </c>
       <c r="C769" s="3">
-        <v>79744</v>
+        <v>399357</v>
       </c>
       <c r="D769" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E769" s="3" t="s">
-        <v>324</v>
+        <v>1334</v>
       </c>
       <c r="F769" s="3"/>
       <c r="G769" s="3"/>
       <c r="H769" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="770" spans="1:8">
       <c r="A770" s="3">
         <v>768</v>
       </c>
       <c r="B770" s="3" t="s">
         <v>1333</v>
       </c>
       <c r="C770" s="3">
-        <v>399357</v>
+        <v>2092</v>
       </c>
       <c r="D770" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E770" s="3" t="s">
-        <v>1334</v>
+        <v>512</v>
       </c>
       <c r="F770" s="3"/>
       <c r="G770" s="3"/>
       <c r="H770" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="771" spans="1:8">
       <c r="A771" s="3">
         <v>769</v>
       </c>
       <c r="B771" s="3" t="s">
         <v>1335</v>
       </c>
       <c r="C771" s="3">
         <v>63001</v>
       </c>
       <c r="D771" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E771" s="3" t="s">
         <v>1336</v>
       </c>
       <c r="F771" s="3"/>
       <c r="G771" s="3"/>
@@ -24771,73 +24771,73 @@
         <v>1381</v>
       </c>
       <c r="C796" s="3">
         <v>99922233</v>
       </c>
       <c r="D796" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E796" s="3" t="s">
         <v>11</v>
       </c>
       <c r="F796" s="3"/>
       <c r="G796" s="3"/>
       <c r="H796" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="797" spans="1:8">
       <c r="A797" s="3">
         <v>795</v>
       </c>
       <c r="B797" s="3" t="s">
         <v>1382</v>
       </c>
       <c r="C797" s="3">
-        <v>10000710</v>
+        <v>36521478</v>
       </c>
       <c r="D797" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E797" s="3" t="s">
         <v>276</v>
       </c>
       <c r="F797" s="3"/>
       <c r="G797" s="3"/>
       <c r="H797" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="798" spans="1:8">
       <c r="A798" s="3">
         <v>796</v>
       </c>
       <c r="B798" s="3" t="s">
         <v>1382</v>
       </c>
       <c r="C798" s="3">
-        <v>36521478</v>
+        <v>10000710</v>
       </c>
       <c r="D798" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E798" s="3" t="s">
         <v>276</v>
       </c>
       <c r="F798" s="3"/>
       <c r="G798" s="3"/>
       <c r="H798" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="799" spans="1:8">
       <c r="A799" s="3">
         <v>797</v>
       </c>
       <c r="B799" s="3" t="s">
         <v>1383</v>
       </c>
       <c r="C799" s="3">
         <v>80070650</v>
       </c>
       <c r="D799" s="3" t="s">
         <v>10</v>
@@ -27609,73 +27609,73 @@
         <v>1602</v>
       </c>
       <c r="C925" s="3">
         <v>10215785152</v>
       </c>
       <c r="D925" s="3" t="s">
         <v>23</v>
       </c>
       <c r="E925" s="3" t="s">
         <v>24</v>
       </c>
       <c r="F925" s="3"/>
       <c r="G925" s="3"/>
       <c r="H925" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="926" spans="1:8">
       <c r="A926" s="3">
         <v>924</v>
       </c>
       <c r="B926" s="3" t="s">
         <v>1603</v>
       </c>
       <c r="C926" s="3">
-        <v>682455</v>
+        <v>68245577</v>
       </c>
       <c r="D926" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E926" s="3" t="s">
         <v>1563</v>
       </c>
       <c r="F926" s="3"/>
       <c r="G926" s="3"/>
       <c r="H926" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="927" spans="1:8">
       <c r="A927" s="3">
         <v>925</v>
       </c>
       <c r="B927" s="3" t="s">
         <v>1603</v>
       </c>
       <c r="C927" s="3">
-        <v>68245577</v>
+        <v>682455</v>
       </c>
       <c r="D927" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E927" s="3" t="s">
         <v>1563</v>
       </c>
       <c r="F927" s="3"/>
       <c r="G927" s="3"/>
       <c r="H927" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="928" spans="1:8">
       <c r="A928" s="3">
         <v>926</v>
       </c>
       <c r="B928" s="3" t="s">
         <v>1604</v>
       </c>
       <c r="C928" s="3">
         <v>10283164778</v>
       </c>
       <c r="D928" s="3" t="s">
         <v>23</v>
@@ -28951,79 +28951,79 @@
         <v>1699</v>
       </c>
       <c r="C986" s="3">
         <v>399107</v>
       </c>
       <c r="D986" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E986" s="3" t="s">
         <v>1055</v>
       </c>
       <c r="F986" s="3"/>
       <c r="G986" s="3"/>
       <c r="H986" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="987" spans="1:8">
       <c r="A987" s="3">
         <v>985</v>
       </c>
       <c r="B987" s="3" t="s">
         <v>1700</v>
       </c>
       <c r="C987" s="3">
-        <v>32132132</v>
+        <v>78870009</v>
       </c>
       <c r="D987" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E987" s="3" t="s">
-        <v>1701</v>
+        <v>181</v>
       </c>
       <c r="F987" s="3"/>
       <c r="G987" s="3"/>
       <c r="H987" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="988" spans="1:8">
       <c r="A988" s="3">
         <v>986</v>
       </c>
       <c r="B988" s="3" t="s">
         <v>1700</v>
       </c>
       <c r="C988" s="3">
-        <v>78870009</v>
+        <v>32132132</v>
       </c>
       <c r="D988" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E988" s="3" t="s">
-        <v>181</v>
+        <v>1701</v>
       </c>
       <c r="F988" s="3"/>
       <c r="G988" s="3"/>
       <c r="H988" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="989" spans="1:8">
       <c r="A989" s="3">
         <v>987</v>
       </c>
       <c r="B989" s="3" t="s">
         <v>1702</v>
       </c>
       <c r="C989" s="3">
         <v>44083972</v>
       </c>
       <c r="D989" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E989" s="3" t="s">
         <v>1703</v>
       </c>
       <c r="F989" s="3"/>
       <c r="G989" s="3"/>
@@ -30821,101 +30821,101 @@
         <v>1841</v>
       </c>
       <c r="C1071" s="3">
         <v>399103</v>
       </c>
       <c r="D1071" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E1071" s="3" t="s">
         <v>583</v>
       </c>
       <c r="F1071" s="3"/>
       <c r="G1071" s="3"/>
       <c r="H1071" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="1072" spans="1:8">
       <c r="A1072" s="3">
         <v>1070</v>
       </c>
       <c r="B1072" s="3" t="s">
         <v>1842</v>
       </c>
       <c r="C1072" s="3">
-        <v>399310</v>
+        <v>54005400</v>
       </c>
       <c r="D1072" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E1072" s="3" t="s">
-        <v>1843</v>
+        <v>1128</v>
       </c>
       <c r="F1072" s="3"/>
       <c r="G1072" s="3"/>
       <c r="H1072" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="1073" spans="1:8">
       <c r="A1073" s="3">
         <v>1071</v>
       </c>
       <c r="B1073" s="3" t="s">
         <v>1842</v>
       </c>
       <c r="C1073" s="3">
-        <v>399278</v>
+        <v>399310</v>
       </c>
       <c r="D1073" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E1073" s="3" t="s">
-        <v>1844</v>
+        <v>1843</v>
       </c>
       <c r="F1073" s="3"/>
       <c r="G1073" s="3"/>
       <c r="H1073" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="1074" spans="1:8">
       <c r="A1074" s="3">
         <v>1072</v>
       </c>
       <c r="B1074" s="3" t="s">
         <v>1842</v>
       </c>
       <c r="C1074" s="3">
-        <v>54005400</v>
+        <v>399278</v>
       </c>
       <c r="D1074" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E1074" s="3" t="s">
-        <v>1128</v>
+        <v>1844</v>
       </c>
       <c r="F1074" s="3"/>
       <c r="G1074" s="3"/>
       <c r="H1074" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="1075" spans="1:8">
       <c r="A1075" s="3">
         <v>1073</v>
       </c>
       <c r="B1075" s="3" t="s">
         <v>1845</v>
       </c>
       <c r="C1075" s="3" t="s">
         <v>1846</v>
       </c>
       <c r="D1075" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E1075" s="3" t="s">
         <v>1847</v>
       </c>
       <c r="F1075" s="3"/>
       <c r="G1075" s="3"/>
@@ -34427,93 +34427,93 @@
         <v>2117</v>
       </c>
       <c r="C1235" s="3" t="s">
         <v>2118</v>
       </c>
       <c r="D1235" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E1235" s="3" t="s">
         <v>2119</v>
       </c>
       <c r="F1235" s="3"/>
       <c r="G1235" s="3"/>
       <c r="H1235" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="1236" spans="1:8">
       <c r="A1236" s="3">
         <v>1234</v>
       </c>
       <c r="B1236" s="3" t="s">
         <v>2120</v>
       </c>
       <c r="C1236" s="3">
-        <v>99997771</v>
+        <v>97000097</v>
       </c>
       <c r="D1236" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E1236" s="3" t="s">
         <v>2121</v>
       </c>
       <c r="F1236" s="3"/>
       <c r="G1236" s="3"/>
       <c r="H1236" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="1237" spans="1:8">
       <c r="A1237" s="3">
         <v>1235</v>
       </c>
       <c r="B1237" s="3" t="s">
         <v>2120</v>
       </c>
       <c r="C1237" s="3" t="s">
         <v>2122</v>
       </c>
       <c r="D1237" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E1237" s="3"/>
       <c r="F1237" s="3"/>
       <c r="G1237" s="3"/>
       <c r="H1237" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="1238" spans="1:8">
       <c r="A1238" s="3">
         <v>1236</v>
       </c>
       <c r="B1238" s="3" t="s">
         <v>2120</v>
       </c>
       <c r="C1238" s="3">
-        <v>97000097</v>
+        <v>99997771</v>
       </c>
       <c r="D1238" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E1238" s="3" t="s">
         <v>2123</v>
       </c>
       <c r="F1238" s="3"/>
       <c r="G1238" s="3"/>
       <c r="H1238" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="1239" spans="1:8">
       <c r="A1239" s="3">
         <v>1237</v>
       </c>
       <c r="B1239" s="3" t="s">
         <v>2120</v>
       </c>
       <c r="C1239" s="3" t="s">
         <v>2122</v>
       </c>
       <c r="D1239" s="3" t="s">
         <v>10</v>
@@ -34555,73 +34555,73 @@
         <v>2125</v>
       </c>
       <c r="C1241" s="3">
         <v>10457838145</v>
       </c>
       <c r="D1241" s="3" t="s">
         <v>23</v>
       </c>
       <c r="E1241" s="3" t="s">
         <v>1980</v>
       </c>
       <c r="F1241" s="3"/>
       <c r="G1241" s="3"/>
       <c r="H1241" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="1242" spans="1:8">
       <c r="A1242" s="3">
         <v>1240</v>
       </c>
       <c r="B1242" s="3" t="s">
         <v>2126</v>
       </c>
       <c r="C1242" s="3">
-        <v>2036</v>
+        <v>6688000</v>
       </c>
       <c r="D1242" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E1242" s="3" t="s">
         <v>169</v>
       </c>
       <c r="F1242" s="3"/>
       <c r="G1242" s="3"/>
       <c r="H1242" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="1243" spans="1:8">
       <c r="A1243" s="3">
         <v>1241</v>
       </c>
       <c r="B1243" s="3" t="s">
         <v>2126</v>
       </c>
       <c r="C1243" s="3">
-        <v>6688000</v>
+        <v>2036</v>
       </c>
       <c r="D1243" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E1243" s="3" t="s">
         <v>169</v>
       </c>
       <c r="F1243" s="3"/>
       <c r="G1243" s="3"/>
       <c r="H1243" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="1244" spans="1:8">
       <c r="A1244" s="3">
         <v>1242</v>
       </c>
       <c r="B1244" s="3" t="s">
         <v>2127</v>
       </c>
       <c r="C1244" s="3" t="s">
         <v>2128</v>
       </c>
       <c r="D1244" s="3" t="s">
         <v>10</v>
@@ -35743,73 +35743,73 @@
         <v>2219</v>
       </c>
       <c r="C1295" s="3">
         <v>64999946</v>
       </c>
       <c r="D1295" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E1295" s="3" t="s">
         <v>429</v>
       </c>
       <c r="F1295" s="3"/>
       <c r="G1295" s="3"/>
       <c r="H1295" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="1296" spans="1:8">
       <c r="A1296" s="3">
         <v>1294</v>
       </c>
       <c r="B1296" s="3" t="s">
         <v>2220</v>
       </c>
       <c r="C1296" s="3">
-        <v>399236</v>
+        <v>399321</v>
       </c>
       <c r="D1296" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E1296" s="3" t="s">
         <v>2221</v>
       </c>
       <c r="F1296" s="3"/>
       <c r="G1296" s="3"/>
       <c r="H1296" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="1297" spans="1:8">
       <c r="A1297" s="3">
         <v>1295</v>
       </c>
       <c r="B1297" s="3" t="s">
         <v>2220</v>
       </c>
       <c r="C1297" s="3">
-        <v>399321</v>
+        <v>399236</v>
       </c>
       <c r="D1297" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E1297" s="3" t="s">
         <v>2222</v>
       </c>
       <c r="F1297" s="3"/>
       <c r="G1297" s="3"/>
       <c r="H1297" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="1298" spans="1:8">
       <c r="A1298" s="3">
         <v>1296</v>
       </c>
       <c r="B1298" s="3" t="s">
         <v>2223</v>
       </c>
       <c r="C1298" s="3">
         <v>199910</v>
       </c>
       <c r="D1298" s="3" t="s">
         <v>10</v>
@@ -36359,101 +36359,101 @@
         <v>2263</v>
       </c>
       <c r="C1323" s="3">
         <v>6665566</v>
       </c>
       <c r="D1323" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E1323" s="3" t="s">
         <v>303</v>
       </c>
       <c r="F1323" s="3"/>
       <c r="G1323" s="3"/>
       <c r="H1323" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="1324" spans="1:8">
       <c r="A1324" s="3">
         <v>1322</v>
       </c>
       <c r="B1324" s="3" t="s">
         <v>2264</v>
       </c>
       <c r="C1324" s="3">
-        <v>99337707</v>
+        <v>77711000</v>
       </c>
       <c r="D1324" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E1324" s="3" t="s">
-        <v>96</v>
+        <v>2265</v>
       </c>
       <c r="F1324" s="3"/>
       <c r="G1324" s="3"/>
       <c r="H1324" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="1325" spans="1:8">
       <c r="A1325" s="3">
         <v>1323</v>
       </c>
       <c r="B1325" s="3" t="s">
         <v>2264</v>
       </c>
       <c r="C1325" s="3" t="s">
-        <v>2265</v>
+        <v>2266</v>
       </c>
       <c r="D1325" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E1325" s="3" t="s">
-        <v>2266</v>
+        <v>2267</v>
       </c>
       <c r="F1325" s="3"/>
       <c r="G1325" s="3"/>
       <c r="H1325" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="1326" spans="1:8">
       <c r="A1326" s="3">
         <v>1324</v>
       </c>
       <c r="B1326" s="3" t="s">
         <v>2264</v>
       </c>
       <c r="C1326" s="3">
-        <v>77711000</v>
+        <v>99337707</v>
       </c>
       <c r="D1326" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E1326" s="3" t="s">
-        <v>2267</v>
+        <v>96</v>
       </c>
       <c r="F1326" s="3"/>
       <c r="G1326" s="3"/>
       <c r="H1326" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="1327" spans="1:8">
       <c r="A1327" s="3">
         <v>1325</v>
       </c>
       <c r="B1327" s="3" t="s">
         <v>2268</v>
       </c>
       <c r="C1327" s="3">
         <v>77007797</v>
       </c>
       <c r="D1327" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E1327" s="3" t="s">
         <v>2269</v>
       </c>
       <c r="F1327" s="3"/>
       <c r="G1327" s="3"/>